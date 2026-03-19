--- v0 (2025-10-04)
+++ v1 (2026-03-19)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0ADD809E" w14:textId="104D76C3" w:rsidR="00155BD2" w:rsidRDefault="00717BBC" w:rsidP="002C5349">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="0" w:right="2028" w:firstLine="1971"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>ACTA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>DE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -149,85 +149,83 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>INFORMACIÓN GENERAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E16B88" w14:paraId="03CEE0BF" w14:textId="77777777" w:rsidTr="00AD456F">
         <w:trPr>
           <w:trHeight w:val="471"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2574A066" w14:textId="77777777" w:rsidR="00E16B88" w:rsidRPr="00D45739" w:rsidRDefault="00E16B88" w:rsidP="005A299D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Fecha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7582" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="063A40A6" w14:textId="77777777" w:rsidR="00E16B88" w:rsidRPr="00D45739" w:rsidRDefault="00E16B88" w:rsidP="005A299D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0017656E" w14:paraId="6E6AFBD8" w14:textId="77777777" w:rsidTr="00AD456F">
@@ -256,189 +254,184 @@
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Funcionario que entrega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="375F1166" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="005A299D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2715D196" w14:textId="6D49DB9B" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="005A299D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Cargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B1637E5" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="005A299D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E16B88" w14:paraId="2BC1B779" w14:textId="77777777" w:rsidTr="00AD456F">
         <w:trPr>
           <w:trHeight w:val="471"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="194C7B64" w14:textId="77777777" w:rsidR="00E16B88" w:rsidRPr="00D45739" w:rsidRDefault="00E16B88" w:rsidP="005A299D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Área o proceso donde está ubicado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7582" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="262670CA" w14:textId="77777777" w:rsidR="00E16B88" w:rsidRPr="00D45739" w:rsidRDefault="00E16B88" w:rsidP="005A299D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0017656E" w14:paraId="5F16AF60" w14:textId="77777777" w:rsidTr="00AD456F">
@@ -467,117 +460,114 @@
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Jefe inmediato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32961DF9" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D567F6F" w14:textId="44D48BB9" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Cargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A63BB55" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0017656E" w14:paraId="4F35E792" w14:textId="77777777" w:rsidTr="00AD456F">
@@ -606,117 +596,114 @@
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Funcionario que recibe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69639ADA" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38C232D3" w14:textId="59444A8E" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Cargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D24935C" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45739">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B97A82" w14:paraId="3C73B907" w14:textId="77777777" w:rsidTr="00AD456F">
@@ -815,51 +802,50 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00104FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(Entre entidades)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7204F537" w14:textId="5723E804" w:rsidR="0017656E" w:rsidRPr="00104FD6" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5288E75D" w14:textId="1826E1FC" w:rsidR="0017656E" w:rsidRPr="00104FD6" w:rsidRDefault="0017656E" w:rsidP="0017656E">
@@ -868,51 +854,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00104FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Encargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="354" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B85EEB9" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00104FD6" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1055" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C23F111" w14:textId="1A617F97" w:rsidR="0017656E" w:rsidRPr="00104FD6" w:rsidRDefault="00104FD6" w:rsidP="0017656E">
@@ -921,51 +906,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ascenso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43404002" w14:textId="1FF88152" w:rsidR="0017656E" w:rsidRPr="00104FD6" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -995,51 +979,50 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B97A82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(dentro de la entidad)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EFEC6D9" w14:textId="04C6E50F" w:rsidR="0017656E" w:rsidRPr="00104FD6" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E2D8B4" w14:textId="1224D0C0" w:rsidR="0017656E" w:rsidRPr="00104FD6" w:rsidRDefault="0017656E" w:rsidP="0017656E">
@@ -1048,51 +1031,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00104FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Retiro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72798F19" w14:textId="6421BBB4" w:rsidR="0017656E" w:rsidRPr="0017656E" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0017656E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Definitivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B97A82" w14:paraId="0F0CDB02" w14:textId="77777777" w:rsidTr="00AD456F">
@@ -1133,228 +1115,223 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15932F94" w14:textId="77777777" w:rsidR="0017656E" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A95033A" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A9A654" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="354" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="384584FC" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1055" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E0B99C7" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="745ED1AF" w14:textId="28B4B9B8" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="749F195D" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="169CE91E" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="727" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CA7DFC5" w14:textId="77777777" w:rsidR="0017656E" w:rsidRPr="00D45739" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F40410F" w14:textId="1A3320DA" w:rsidR="0017656E" w:rsidRPr="0017656E" w:rsidRDefault="0017656E" w:rsidP="0017656E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0017656E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Vacancia Temporal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3745,70 +3722,74 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62CCBC92" w14:textId="77777777" w:rsidR="00351315" w:rsidRDefault="00351315" w:rsidP="004815B0">
             <w:pPr>
               <w:pStyle w:val="Textoindependiente"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5960A362" w14:textId="77777777" w:rsidR="0015384D" w:rsidRPr="00717BBC" w:rsidRDefault="0015384D" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1505622A" w14:textId="77777777" w:rsidR="00F04575" w:rsidRDefault="00F04575" w:rsidP="00F04575">
+    <w:p w14:paraId="1505622A" w14:textId="77777777" w:rsidR="00F04575" w:rsidRPr="00D3456D" w:rsidRDefault="00F04575" w:rsidP="00D3456D">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="102" w:right="155"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3456D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717BBC">
-[...9 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00D3456D">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>En el caso de los cargos del nivel directivo deberá entregar el recibido del informe de gestión que deberá elaborar y remitir a la Gerencia de Control Interno de gestión, en los términos que indica la Resolución orgánica 5674 de 2005 de la Contraloría General de la República, la cual reglamenta la metodología para el Acta de Informes de Gestión.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D8A4CAA" w14:textId="77777777" w:rsidR="00F04575" w:rsidRDefault="00F04575" w:rsidP="00717BBC">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64C5D08B" w14:textId="7F2D0E14" w:rsidR="00063F82" w:rsidRDefault="00063F82" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>INFORME</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>DETALLADO</w:t>
@@ -3829,180 +3810,178 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>RECURSOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>UTILIZADOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13DE4FB9" w14:textId="77777777" w:rsidR="00063F82" w:rsidRDefault="00063F82" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2352F308" w14:textId="40C40A97" w:rsidR="00063F82" w:rsidRPr="00717BBC" w:rsidRDefault="00063F82" w:rsidP="00063F82">
+    <w:p w14:paraId="2352F308" w14:textId="7F925024" w:rsidR="00063F82" w:rsidRPr="00717BBC" w:rsidRDefault="00063F82" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="350"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="exact"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>¿</w:t>
       </w:r>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personal a cargo? Si</w:t>
       </w:r>
       <w:r w:rsidR="008A0886">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> __</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="008A0886">
+      <w:r w:rsidR="00D3456D">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717BBC">
+      <w:r w:rsidR="00D3456D" w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A0886">
+      <w:r w:rsidR="00D3456D">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00717BBC">
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0886">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>No</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008A0886">
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ___</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40425252" w14:textId="4A5B4C0D" w:rsidR="00063F82" w:rsidRDefault="00063F82" w:rsidP="00063F82">
+    <w:p w14:paraId="40425252" w14:textId="3BBD49BB" w:rsidR="00063F82" w:rsidRDefault="00063F82" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="102" w:right="159"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve">En caso de ser afirmativo debe evaluar al personal de carrera administrativa a través del aplicativo EDL-APP (CNSC) y al personal provisional y de libre nombramiento y remoción a </w:t>
       </w:r>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>través del sistema de gestión humana G+</w:t>
+        <w:t xml:space="preserve">través del </w:t>
+      </w:r>
+      <w:r w:rsidR="00A640E6">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717BBC">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>istema de gestión human</w:t>
+      </w:r>
+      <w:r w:rsidR="00A640E6">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00E238F7" w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> y relacione en el siguiente cuadro la cantidad de funcionarios evaluados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A1C59B" w14:textId="77777777" w:rsidR="00347E7B" w:rsidRDefault="00347E7B" w:rsidP="00063F82">
-      <w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="33AEEA98" w14:textId="77777777" w:rsidR="00347E7B" w:rsidRPr="00717BBC" w:rsidRDefault="00347E7B" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="102" w:right="159"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B5CFA84" w14:textId="77777777" w:rsidR="00063F82" w:rsidRDefault="00063F82" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4075,147 +4054,172 @@
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>EDL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4799531E" w14:textId="77777777" w:rsidR="00E238F7" w:rsidRDefault="00E238F7" w:rsidP="004815B0">
             <w:pPr>
               <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60168787" w14:textId="77777777" w:rsidR="00E238F7" w:rsidRDefault="00E238F7" w:rsidP="004815B0">
+          <w:p w14:paraId="60168787" w14:textId="525C983B" w:rsidR="00E238F7" w:rsidRPr="00A640E6" w:rsidRDefault="00A640E6" w:rsidP="004815B0">
             <w:pPr>
               <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>G+</w:t>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A640E6">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sistema de gestión humana</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1155" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B5A39E1" w14:textId="77777777" w:rsidR="00E238F7" w:rsidRDefault="00E238F7" w:rsidP="004815B0">
             <w:pPr>
               <w:pStyle w:val="Textoindependiente"/>
               <w:spacing w:before="2"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B3D7A47" w14:textId="77777777" w:rsidR="00E238F7" w:rsidRDefault="00E238F7" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25991054" w14:textId="77777777" w:rsidR="00E238F7" w:rsidRDefault="00E238F7" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D9C6B23" w14:textId="77777777" w:rsidR="00895A4D" w:rsidRDefault="00895A4D" w:rsidP="00063F82">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="490374EA" w14:textId="77777777" w:rsidR="00063F82" w:rsidRPr="00717BBC" w:rsidRDefault="00063F82" w:rsidP="00717BBC">
+    <w:p w14:paraId="490374EA" w14:textId="384D774E" w:rsidR="00063F82" w:rsidRPr="00717BBC" w:rsidRDefault="00063F82" w:rsidP="00717BBC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="350"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="exact"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supervisó o tuvo bajo su responsabilidad convenios y/o contratos? Si</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717BBC">
+      <w:r w:rsidR="00B903A2">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> __</w:t>
       </w:r>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">No  </w:t>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00B903A2">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717BBC">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A9227B" w14:textId="77777777" w:rsidR="00063F82" w:rsidRPr="00717BBC" w:rsidRDefault="00063F82" w:rsidP="00717BBC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="350"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:line="252" w:lineRule="exact"/>
         <w:ind w:left="349"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4798,190 +4802,293 @@
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Archivo físico y electrónico: Entrega por correo electrónico al jefe de oficina inmediato o a la persona encargada de recibir el puesto, el inventario de la información física y electrónica a su cargo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C630A58" w14:textId="77777777" w:rsidR="00E074E4" w:rsidRPr="00717BBC" w:rsidRDefault="00E074E4" w:rsidP="00E074E4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="489"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="349" w:right="158"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02AE0A1E" w14:textId="6D0D5763" w:rsidR="00757A1D" w:rsidRPr="00717BBC" w:rsidRDefault="00757A1D" w:rsidP="00E074E4">
+    <w:p w14:paraId="76EFDD9B" w14:textId="77777777" w:rsidR="000D402C" w:rsidRDefault="007304C6" w:rsidP="000D402C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="489"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:right="158"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717BBC">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>SIGOB: El jefe inmediato o funcionario designado para recibir el puesto de trabajo, deberá verificar el estado de las PQRS en SIGOB y solicitar la deshabilitación de esa cuenta en el sistema.</w:t>
+        <w:t>Sistema interno de gestión documental</w:t>
+      </w:r>
+      <w:r w:rsidR="00757A1D" w:rsidRPr="00717BBC">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: El jefe inmediato o funcionario designado para recibir el puesto de trabajo, deberá verificar el estado de las PQRS en </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la herramienta para tal fin y</w:t>
+      </w:r>
+      <w:r w:rsidR="00757A1D" w:rsidRPr="00717BBC">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solicitar la deshabilitación de esa cuenta en el sistema.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A66E8B8" w14:textId="00C41AD4" w:rsidR="00757A1D" w:rsidRPr="00717BBC" w:rsidRDefault="00757A1D" w:rsidP="00757A1D">
+    <w:p w14:paraId="6B157F76" w14:textId="77777777" w:rsidR="000D402C" w:rsidRPr="000D402C" w:rsidRDefault="000D402C" w:rsidP="000D402C">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A66E8B8" w14:textId="4C191BA6" w:rsidR="00757A1D" w:rsidRPr="007478E4" w:rsidRDefault="00757A1D" w:rsidP="007478E4">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="489"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="158"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007478E4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjuntar el pantallazo de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA203B" w:rsidRPr="007478E4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la plataforma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007478E4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en cero y la solicitud enviada por el jefe inmediato o funcionario asignado al </w:t>
+      </w:r>
+      <w:r w:rsidR="007478E4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">correo </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00210AD6" w:rsidRPr="00B17308">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:spacing w:val="-6"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>soportesistemas@barranquilla.gov.co</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CD7DCF" w:rsidRPr="007478E4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00210AD6">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007478E4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inactivar la cuenta</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66C24" w:rsidRPr="007478E4">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB5C61B" w14:textId="77777777" w:rsidR="00757A1D" w:rsidRPr="00717BBC" w:rsidRDefault="00757A1D" w:rsidP="00757A1D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="489"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="349" w:right="158"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717BBC">
-[...32 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2EB5C61B" w14:textId="77777777" w:rsidR="00757A1D" w:rsidRPr="00717BBC" w:rsidRDefault="00757A1D" w:rsidP="00757A1D">
-[...16 lines deleted...]
-    <w:p w14:paraId="6575CECB" w14:textId="1B805616" w:rsidR="009C09BE" w:rsidRPr="00717BBC" w:rsidRDefault="00717BBC" w:rsidP="00E074E4">
+    <w:p w14:paraId="6575CECB" w14:textId="0519F63C" w:rsidR="009C09BE" w:rsidRPr="00717BBC" w:rsidRDefault="00717BBC" w:rsidP="00E074E4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="381"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:right="155"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Equipos: </w:t>
       </w:r>
       <w:r w:rsidR="00A66C24">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009C09BE" w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">olicitar a la Oficina de Sistemas </w:t>
+        <w:t xml:space="preserve">olicitar a la </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7DCF">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gerencia</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E8C" w:rsidRPr="00543E8C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Tecnología de la Información y Comunicaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="00543E8C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D26F3" w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">al correo </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="002D26F3" w:rsidRPr="00717BBC">
           <w:rPr>
             <w:spacing w:val="-6"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>soportesistemas@barranquilla.gov.co</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002D26F3">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5025,50 +5132,51 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="436"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:right="153"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bienes: </w:t>
       </w:r>
       <w:r w:rsidR="00395BFF">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009C09BE" w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>olicitar a la Oficina de Servicios Administrativos y Logísticos</w:t>
       </w:r>
       <w:r w:rsidR="00395BFF" w:rsidRPr="00395BFF">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5495,51 +5603,51 @@
       </w:r>
       <w:r w:rsidRPr="00717BBC">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307CFEAB" w14:textId="77777777" w:rsidR="00BE5E96" w:rsidRDefault="00BE5E96" w:rsidP="00757A1D">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3511"/>
           <w:tab w:val="left" w:pos="3571"/>
         </w:tabs>
         <w:spacing w:before="94" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="102" w:right="38"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0767E6CF" w14:textId="38F9CF79" w:rsidR="00255DF8" w:rsidRPr="00895A4D" w:rsidRDefault="00BE5E96" w:rsidP="00757A1D">
+    <w:p w14:paraId="0767E6CF" w14:textId="1C95AB0E" w:rsidR="00255DF8" w:rsidRPr="00895A4D" w:rsidRDefault="00BE5E96" w:rsidP="00757A1D">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3511"/>
           <w:tab w:val="left" w:pos="3571"/>
         </w:tabs>
         <w:spacing w:before="94" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="102" w:right="38"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895A4D">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anexos:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE5E96">
         <w:rPr>
@@ -5549,76 +5657,100 @@
       </w:r>
       <w:r w:rsidR="00757A1D" w:rsidRPr="00BE5E96">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00895A4D">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00757A1D" w:rsidRPr="00BE5E96">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00255DF8" w:rsidRPr="00895A4D">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Pantallazo de SIGOB en cero</w:t>
+        <w:t xml:space="preserve">Pantallazo de </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86CF7">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>plataforma de gestión documental</w:t>
+      </w:r>
+      <w:r w:rsidR="00255DF8" w:rsidRPr="00895A4D">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en cero</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3027257B" w14:textId="031102F3" w:rsidR="00757A1D" w:rsidRPr="00895A4D" w:rsidRDefault="00255DF8" w:rsidP="00255DF8">
+    <w:p w14:paraId="3027257B" w14:textId="50F77815" w:rsidR="00757A1D" w:rsidRPr="00895A4D" w:rsidRDefault="00255DF8" w:rsidP="00255DF8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="94" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="102" w:right="38"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895A4D">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Solicitud enviada a SIGOB para inactivar la cuenta</w:t>
+        <w:t>Solicitud enviada para inactivar la cuenta</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86CF7">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de plataforma de gestión documental</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D2F796" w14:textId="1CC92C42" w:rsidR="009506D2" w:rsidRPr="00895A4D" w:rsidRDefault="009506D2" w:rsidP="00255DF8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="94" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="102" w:right="38"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895A4D">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
@@ -5673,118 +5805,110 @@
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Paz y salvo de </w:t>
       </w:r>
       <w:r w:rsidR="00351315" w:rsidRPr="00895A4D">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>logística de los bienes inmuebles y muebles asignados</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00155BD2" w:rsidSect="00757A1D">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="2120" w:right="1540" w:bottom="1400" w:left="1600" w:header="633" w:footer="1209" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AFDEEDD" w14:textId="77777777" w:rsidR="001E55D8" w:rsidRDefault="001E55D8">
+    <w:p w14:paraId="424975B6" w14:textId="77777777" w:rsidR="008779DF" w:rsidRDefault="008779DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CACF0B6" w14:textId="77777777" w:rsidR="001E55D8" w:rsidRDefault="001E55D8">
+    <w:p w14:paraId="7D2DC28A" w14:textId="77777777" w:rsidR="008779DF" w:rsidRDefault="008779DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Volkswagen Serial">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0ADD80EE" w14:textId="51B0A805" w:rsidR="00155BD2" w:rsidRDefault="00717BBC">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487520768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ADD80F2" wp14:editId="0ADD80F3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>15875</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9399156</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7756144" cy="659241"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="image2.jpeg"/>
@@ -5859,297 +5983,311 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0ADD80F6" w14:textId="2A31EADD" w:rsidR="00155BD2" w:rsidRPr="0098520E" w:rsidRDefault="00717BBC">
+                        <w:p w14:paraId="0ADD80F6" w14:textId="22A7E6E1" w:rsidR="00155BD2" w:rsidRPr="00A80A18" w:rsidRDefault="00717BBC">
                           <w:pPr>
                             <w:spacing w:before="14"/>
                             <w:ind w:right="18"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="0098520E">
+                          <w:r w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>Fecha:</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="0098520E">
+                          <w:r w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="0098520E" w:rsidRPr="0098520E">
+                          <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>30</w:t>
+                            <w:t>14</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="0098520E">
+                          <w:r w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>/</w:t>
                           </w:r>
-                          <w:r w:rsidR="0098520E" w:rsidRPr="0098520E">
+                          <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>10</w:t>
+                            <w:t>01</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="0098520E">
+                          <w:r w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>/2024</w:t>
+                            <w:t>/202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="0ADD80F7" w14:textId="12FDF4E0" w:rsidR="00155BD2" w:rsidRPr="0098520E" w:rsidRDefault="00717BBC">
+                        <w:p w14:paraId="0ADD80F7" w14:textId="2566CE48" w:rsidR="00155BD2" w:rsidRPr="00A80A18" w:rsidRDefault="00717BBC">
                           <w:pPr>
                             <w:spacing w:before="2"/>
                             <w:ind w:right="18"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="0098520E">
+                          <w:r w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>Versión:</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="0098520E">
+                          <w:r w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="0098520E">
+                          <w:r w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>1.</w:t>
                           </w:r>
-                          <w:r w:rsidR="0098520E" w:rsidRPr="0098520E">
+                          <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>3</w:t>
+                            <w:t>4</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0ADD80F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:450.85pt;margin-top:720.55pt;width:77.25pt;height:22.5pt;z-index:-15795200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCu6oMW1wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf06SVykrUdBqbhpDG&#10;jzT2AI5jJxaJjzl2m5Sn59hJOhh3iBvr5Nj+/P2c7K/HvmMnhd6ALfl6lXOmrITa2KbkT9/u3+w4&#10;80HYWnRgVcnPyvPrw+tX+8EVagMtdLVCRiDWF4MreRuCK7LMy1b1wq/AKUubGrAXgT6xyWoUA6H3&#10;XbbJ87fZAFg7BKm8p+7dtMkPCV9rJcMXrb0KrCs5cQtpxbRWcc0Oe1E0KFxr5ExD/AOLXhhLj16g&#10;7kQQ7IjmL6jeSAQPOqwk9BlobaRKGkjNOn+h5rEVTiUtZI53F5v8/4OVn0+P7iuyML6HkQJMIrx7&#10;APndMwu3rbCNukGEoVWipofX0bJscL6Yr0arfeEjSDV8gppCFscACWjU2EdXSCcjdArgfDFdjYFJ&#10;ar7brfOrLWeStja77dU2hZKJYrns0IcPCnoWi5IjZZrAxenBh0hGFMuR+JaFe9N1KdfO/tGgg7GT&#10;yEe+E/MwViMz9awsaqmgPpMahGlaaLqpaAF/cjbQpJTc/zgKVJx1Hy05EsdqKXApqqUQVtLVkgfO&#10;pvI2TON3dGialpAnzy3ckGvaJEXPLGa6lH4SOk9qHK/fv9Op5//p8AsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAB5QjTThAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s6TTKVppO&#10;E4ITEqIrB45p47XRGqc02VbenvTEjvb/6ffnfDvZnp1x9MaRhGQhgCE1ThtqJXxVbw9rYD4o0qp3&#10;hBJ+0cO2uL3JVabdhUo870PLYgn5TEnoQhgyzn3ToVV+4QakmB3caFWI49hyPapLLLc9XwqRcqsM&#10;xQudGvClw+a4P1kJu28qX83PR/1ZHkpTVRtB7+lRyvu7afcMLOAU/mGY9aM6FNGpdifSnvUSNiJ5&#10;imgMVqskATYj4jFdAqvn3TpNgBc5v36j+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCu&#10;6oMW1wEAAJcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeUI004QAAAA4BAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="0ADD80F6" w14:textId="2A31EADD" w:rsidR="00155BD2" w:rsidRPr="0098520E" w:rsidRDefault="00717BBC">
+                  <w:p w14:paraId="0ADD80F6" w14:textId="22A7E6E1" w:rsidR="00155BD2" w:rsidRPr="00A80A18" w:rsidRDefault="00717BBC">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:right="18"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="0098520E">
+                    <w:r w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>Fecha:</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="0098520E">
+                    <w:r w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="0098520E" w:rsidRPr="0098520E">
+                    <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>30</w:t>
+                      <w:t>14</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="0098520E">
+                    <w:r w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>/</w:t>
                     </w:r>
-                    <w:r w:rsidR="0098520E" w:rsidRPr="0098520E">
+                    <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>10</w:t>
+                      <w:t>01</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="0098520E">
+                    <w:r w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>/2024</w:t>
+                      <w:t>/202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="0ADD80F7" w14:textId="12FDF4E0" w:rsidR="00155BD2" w:rsidRPr="0098520E" w:rsidRDefault="00717BBC">
+                  <w:p w14:paraId="0ADD80F7" w14:textId="2566CE48" w:rsidR="00155BD2" w:rsidRPr="00A80A18" w:rsidRDefault="00717BBC">
                     <w:pPr>
                       <w:spacing w:before="2"/>
                       <w:ind w:right="18"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="0098520E">
+                    <w:r w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>Versión:</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="0098520E">
+                    <w:r w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="0098520E">
+                    <w:r w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>1.</w:t>
                     </w:r>
-                    <w:r w:rsidR="0098520E" w:rsidRPr="0098520E">
+                    <w:r w:rsidR="00CA203B" w:rsidRPr="00A80A18">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
-                      <w:t>3</w:t>
+                      <w:t>4</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10086160" w14:textId="77777777" w:rsidR="001E55D8" w:rsidRDefault="001E55D8">
+    <w:p w14:paraId="2DC5D1B2" w14:textId="77777777" w:rsidR="008779DF" w:rsidRDefault="008779DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22154AF3" w14:textId="77777777" w:rsidR="001E55D8" w:rsidRDefault="001E55D8">
+    <w:p w14:paraId="4023775D" w14:textId="77777777" w:rsidR="008779DF" w:rsidRDefault="008779DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0ADD80ED" w14:textId="6D4243CA" w:rsidR="00155BD2" w:rsidRDefault="00BA5214">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ADD80F1" wp14:editId="7E3FA873">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6108065</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>1190625</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1169670" cy="153670"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -6176,135 +6314,135 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0ADD80F5" w14:textId="77777777" w:rsidR="00155BD2" w:rsidRPr="008A0886" w:rsidRDefault="00717BBC">
+                        <w:p w14:paraId="0ADD80F5" w14:textId="77777777" w:rsidR="00155BD2" w:rsidRPr="000A2103" w:rsidRDefault="00717BBC">
                           <w:pPr>
                             <w:spacing w:before="14"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="008A0886">
+                          <w:r w:rsidRPr="000A2103">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>Código:</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="008A0886">
+                          <w:r w:rsidRPr="000A2103">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="008A0886">
+                          <w:r w:rsidRPr="000A2103">
                             <w:rPr>
-                              <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>MA-GH-F-012</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0ADD80F1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:480.95pt;margin-top:93.75pt;width:92.1pt;height:12.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoirXS0gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbDZFLBBttiqtipAK&#10;RSr9AMdxEovEY2a8myxfz9jZbIHeEBdr4hm/ee/NZHs5Db04GCQLrpT5ai2FcRpq69pSPn67ffVO&#10;CgrK1aoHZ0p5NCQvdy9fbEdfmAvooK8NCgZxVIy+lF0Ivsgy0p0ZFK3AG8fJBnBQgT+xzWpUI6MP&#10;fXaxXm+yEbD2CNoQ8e3NnJS7hN80Rof7piETRF9K5hbSiems4pnttqpoUfnO6hMN9Q8sBmUdNz1D&#10;3aigxB7tM6jBagSCJqw0DBk0jdUmaWA1+fovNQ+d8iZpYXPIn22i/wervxwe/FcUYfoAEw8wiSB/&#10;B/o7CQfXnXKtuUKEsTOq5sZ5tCwbPRWnp9FqKiiCVONnqHnIah8gAU0NDtEV1ikYnQdwPJtupiB0&#10;bJlv3m/eckpzLn/zOsaxhSqW1x4pfDQwiBiUEnmoCV0d7ijMpUtJbObg1vZ9Gmzv/rhgzHiT2EfC&#10;M/UwVRNXRxUV1EfWgTDvCe81Bx3gTylG3pFS0o+9QiNF/8mxF3GhlgCXoFoC5TQ/LWWQYg6vw7x4&#10;e4+27Rh5dtvBFfvV2CTlicWJJ889mXHa0bhYv3+nqqc/afcLAAD//wMAUEsDBBQABgAIAAAAIQDd&#10;0qcN4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqOMK0ibEqSoEJyRE&#10;Gg4cnXibWI3XIXbb8Pe4p3JczdPM22Iz24GdcPLGkQSxSIAhtU4b6iR81W8Pa2A+KNJqcIQSftHD&#10;pry9KVSu3ZkqPO1Cx2IJ+VxJ6EMYc85926NVfuFGpJjt3WRViOfUcT2pcyy3A18mScqtMhQXejXi&#10;S4/tYXe0ErbfVL2an4/ms9pXpq6zhN7Tg5T3d/P2GVjAOVxhuOhHdSijU+OOpD0bJGSpyCIag/Xq&#10;CdiFEI+pANZIWAqxAl4W/P8T5R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaIq10tIB&#10;AACRAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3dKn&#10;DeEAAAAMAQAADwAAAAAAAAAAAAAAAAAsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="0ADD80F5" w14:textId="77777777" w:rsidR="00155BD2" w:rsidRPr="008A0886" w:rsidRDefault="00717BBC">
+                  <w:p w14:paraId="0ADD80F5" w14:textId="77777777" w:rsidR="00155BD2" w:rsidRPr="000A2103" w:rsidRDefault="00717BBC">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="008A0886">
+                    <w:r w:rsidRPr="000A2103">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>Código:</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="008A0886">
+                    <w:r w:rsidRPr="000A2103">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="008A0886">
+                    <w:r w:rsidRPr="000A2103">
                       <w:rPr>
-                        <w:rFonts w:ascii="Volkswagen Serial" w:hAnsi="Volkswagen Serial"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>MA-GH-F-012</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00717BBC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ADD80EF" wp14:editId="441CA46F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>424745</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>402089</wp:posOffset>
@@ -6327,51 +6465,51 @@
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7063031" cy="668692"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23507F17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="349" w:hanging="248"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:eastAsia="Times New Roman" w:hAnsi="Arial MT" w:cs="Arial MT" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1216" w:hanging="248"/>
@@ -6905,252 +7043,267 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1352684600">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1978684465">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1159073515">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1495949538">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="204677792">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00155BD2"/>
     <w:rsid w:val="00007896"/>
     <w:rsid w:val="00033547"/>
     <w:rsid w:val="00054395"/>
     <w:rsid w:val="00061831"/>
     <w:rsid w:val="00063F82"/>
     <w:rsid w:val="000670C6"/>
     <w:rsid w:val="0009774B"/>
+    <w:rsid w:val="000A2103"/>
     <w:rsid w:val="000D14CD"/>
+    <w:rsid w:val="000D402C"/>
     <w:rsid w:val="000E045D"/>
     <w:rsid w:val="00100935"/>
     <w:rsid w:val="00104FD6"/>
     <w:rsid w:val="0011107C"/>
     <w:rsid w:val="00112CAA"/>
     <w:rsid w:val="0012127C"/>
     <w:rsid w:val="00124B17"/>
+    <w:rsid w:val="00153662"/>
     <w:rsid w:val="0015384D"/>
     <w:rsid w:val="00155BD2"/>
     <w:rsid w:val="00164739"/>
     <w:rsid w:val="00167177"/>
     <w:rsid w:val="0017656E"/>
     <w:rsid w:val="00176F91"/>
     <w:rsid w:val="001B1B70"/>
     <w:rsid w:val="001C7F1C"/>
     <w:rsid w:val="001E55D8"/>
+    <w:rsid w:val="00210AD6"/>
     <w:rsid w:val="002121C2"/>
     <w:rsid w:val="00215C5C"/>
     <w:rsid w:val="0022202E"/>
     <w:rsid w:val="00255DF8"/>
     <w:rsid w:val="002653F6"/>
     <w:rsid w:val="00276349"/>
     <w:rsid w:val="00295F35"/>
     <w:rsid w:val="002A0E16"/>
     <w:rsid w:val="002C5349"/>
     <w:rsid w:val="002D26F3"/>
     <w:rsid w:val="0030551A"/>
     <w:rsid w:val="00323961"/>
     <w:rsid w:val="0033352F"/>
     <w:rsid w:val="00347E7B"/>
     <w:rsid w:val="00351315"/>
     <w:rsid w:val="003718EC"/>
     <w:rsid w:val="00395BFF"/>
     <w:rsid w:val="0042124F"/>
     <w:rsid w:val="0043369B"/>
     <w:rsid w:val="004427E6"/>
     <w:rsid w:val="00460FA5"/>
     <w:rsid w:val="004709FD"/>
     <w:rsid w:val="00484F11"/>
     <w:rsid w:val="004862EF"/>
     <w:rsid w:val="00490E02"/>
     <w:rsid w:val="004D23D3"/>
     <w:rsid w:val="00510D63"/>
     <w:rsid w:val="00514FD3"/>
     <w:rsid w:val="00520DFF"/>
     <w:rsid w:val="005332E0"/>
     <w:rsid w:val="0053615A"/>
+    <w:rsid w:val="00543E8C"/>
     <w:rsid w:val="005A299D"/>
     <w:rsid w:val="005E07D3"/>
     <w:rsid w:val="00631A04"/>
     <w:rsid w:val="00651FAE"/>
     <w:rsid w:val="00685136"/>
     <w:rsid w:val="00691C20"/>
     <w:rsid w:val="00696294"/>
     <w:rsid w:val="006A0D6D"/>
     <w:rsid w:val="006F5E95"/>
     <w:rsid w:val="00717BBC"/>
+    <w:rsid w:val="007304C6"/>
     <w:rsid w:val="00741EDC"/>
+    <w:rsid w:val="007478E4"/>
     <w:rsid w:val="00757A1D"/>
     <w:rsid w:val="00773C4E"/>
     <w:rsid w:val="0078632F"/>
     <w:rsid w:val="007A343B"/>
     <w:rsid w:val="00807675"/>
     <w:rsid w:val="00831F98"/>
     <w:rsid w:val="00847231"/>
     <w:rsid w:val="00853D1A"/>
     <w:rsid w:val="00854779"/>
+    <w:rsid w:val="008779DF"/>
     <w:rsid w:val="00881F95"/>
     <w:rsid w:val="00895A4D"/>
     <w:rsid w:val="008A0886"/>
     <w:rsid w:val="008A51FE"/>
     <w:rsid w:val="008B000A"/>
     <w:rsid w:val="008B1C5D"/>
     <w:rsid w:val="008C1451"/>
     <w:rsid w:val="008C5AA1"/>
     <w:rsid w:val="008E5A49"/>
     <w:rsid w:val="0091162A"/>
     <w:rsid w:val="00924F6A"/>
     <w:rsid w:val="009442DD"/>
     <w:rsid w:val="009506D2"/>
     <w:rsid w:val="00974C51"/>
     <w:rsid w:val="00976275"/>
     <w:rsid w:val="0098520E"/>
     <w:rsid w:val="009C09BE"/>
     <w:rsid w:val="009E4B82"/>
     <w:rsid w:val="009E5F9A"/>
     <w:rsid w:val="009F7B88"/>
     <w:rsid w:val="00A116E6"/>
     <w:rsid w:val="00A11D8A"/>
     <w:rsid w:val="00A212E5"/>
     <w:rsid w:val="00A51778"/>
     <w:rsid w:val="00A578F9"/>
+    <w:rsid w:val="00A640E6"/>
     <w:rsid w:val="00A66C24"/>
+    <w:rsid w:val="00A80A18"/>
     <w:rsid w:val="00A82828"/>
     <w:rsid w:val="00AB51BE"/>
     <w:rsid w:val="00AD456F"/>
     <w:rsid w:val="00B35D21"/>
     <w:rsid w:val="00B44FA2"/>
     <w:rsid w:val="00B45E76"/>
     <w:rsid w:val="00B80CB8"/>
+    <w:rsid w:val="00B86CF7"/>
+    <w:rsid w:val="00B903A2"/>
     <w:rsid w:val="00B97A82"/>
     <w:rsid w:val="00BA5214"/>
     <w:rsid w:val="00BA7126"/>
     <w:rsid w:val="00BC2F7C"/>
     <w:rsid w:val="00BD3C13"/>
     <w:rsid w:val="00BE5E96"/>
     <w:rsid w:val="00BF0F28"/>
     <w:rsid w:val="00BF34AD"/>
     <w:rsid w:val="00C20C2A"/>
     <w:rsid w:val="00C356FD"/>
     <w:rsid w:val="00C52064"/>
     <w:rsid w:val="00C61733"/>
     <w:rsid w:val="00C94F43"/>
+    <w:rsid w:val="00CA203B"/>
     <w:rsid w:val="00CB3424"/>
     <w:rsid w:val="00CB7BB6"/>
     <w:rsid w:val="00CC6080"/>
     <w:rsid w:val="00CD5BBF"/>
+    <w:rsid w:val="00CD7DCF"/>
     <w:rsid w:val="00CE070D"/>
     <w:rsid w:val="00D01F60"/>
     <w:rsid w:val="00D144EC"/>
     <w:rsid w:val="00D22E59"/>
+    <w:rsid w:val="00D3456D"/>
+    <w:rsid w:val="00D42F85"/>
     <w:rsid w:val="00D453E5"/>
     <w:rsid w:val="00D45739"/>
     <w:rsid w:val="00DA0CD1"/>
     <w:rsid w:val="00DE4D44"/>
     <w:rsid w:val="00E074E4"/>
     <w:rsid w:val="00E16B88"/>
     <w:rsid w:val="00E238F7"/>
     <w:rsid w:val="00E811BD"/>
     <w:rsid w:val="00F04575"/>
     <w:rsid w:val="00F33E32"/>
     <w:rsid w:val="00F73C0E"/>
     <w:rsid w:val="00F90767"/>
     <w:rsid w:val="00FE2A90"/>
     <w:rsid w:val="00FF3B68"/>
     <w:rsid w:val="00FF4AA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0ADD809E"/>
   <w15:docId w15:val="{E69E1527-AC25-4AAF-A846-CF64AAD8193C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7816,71 +7969,71 @@
     <w:rsid w:val="008A0886"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008A0886"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1613129159">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sigob@barranquilla.gov.co" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistica@barranquilla.gov.co" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soportesistemas@barranquilla.gov.co" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soportesistemas@barranquilla.gov.co" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistica@barranquilla.gov.co" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soportesistemas@barranquilla.gov.co" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -8151,75 +8304,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E4EC19E-5030-407A-BB8A-549F88D5CEB6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>860</Words>
-  <Characters>4736</Characters>
+  <Words>891</Words>
+  <Characters>4903</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5585</CharactersWithSpaces>
+  <CharactersWithSpaces>5783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>c schoonewolff</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-02-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word para Microsoft 365</vt:lpwstr>
   </property>